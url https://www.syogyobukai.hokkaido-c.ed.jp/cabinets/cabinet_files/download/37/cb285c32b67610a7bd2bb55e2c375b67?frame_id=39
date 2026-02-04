--- v0 (2025-11-17)
+++ v1 (2026-02-04)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\tn05-02\Desktop\新しいフォルダー\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\tn05-02\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4AA808BE-731C-4516-9AE4-4ADD48D8017D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{831DF07E-7770-4CFA-9895-B71D3D115547}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="計画・予算書" sheetId="11" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">計画・予算書!$A$1:$H$36</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -862,157 +862,157 @@
       <t>ゼンショウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>キョウカイ</t>
     </rPh>
     <rPh sb="4" eb="7">
       <t>ジョセイキン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>シシュツ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>参加料から
 支出</t>
     <rPh sb="0" eb="3">
       <t>サンカリョウ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>シシュツ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>令和７年度
+    <t>令和８年度　北海道高等学校長協会商業部会　事業計画書</t>
+    <rPh sb="23" eb="26">
+      <t>ケイカクショ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>令和８年度　北海道高等学校長協会商業部会　事業予算書</t>
+    <rPh sb="0" eb="2">
+      <t>レイワ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ネンド</t>
+    </rPh>
+    <rPh sb="6" eb="9">
+      <t>ホッカイドウ</t>
+    </rPh>
+    <rPh sb="9" eb="13">
+      <t>コウトウガッコウ</t>
+    </rPh>
+    <rPh sb="13" eb="14">
+      <t>チョウ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>キョウカイ</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>ショウギョウ</t>
+    </rPh>
+    <rPh sb="18" eb="20">
+      <t>ブカイ</t>
+    </rPh>
+    <rPh sb="21" eb="23">
+      <t>ジギョウ</t>
+    </rPh>
+    <rPh sb="23" eb="25">
+      <t>ヨサン</t>
+    </rPh>
+    <rPh sb="25" eb="26">
+      <t>ショ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>令和８年度
 予算額</t>
     <rPh sb="0" eb="2">
       <t>レイワ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ネンド</t>
     </rPh>
     <rPh sb="6" eb="9">
       <t>ヨサンガク</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>令和６年度
+    <t>令和７年度
 申請額</t>
     <rPh sb="0" eb="2">
       <t>レイワ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ネンド</t>
     </rPh>
     <rPh sb="6" eb="9">
       <t>シンセイガク</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>令和６年度
+    <t>令和７年度
 決算額（既支出額）</t>
     <rPh sb="0" eb="2">
       <t>レイワ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ネンド</t>
     </rPh>
     <rPh sb="6" eb="9">
       <t>ケッサンガク</t>
     </rPh>
     <rPh sb="10" eb="11">
       <t>キ</t>
     </rPh>
     <rPh sb="11" eb="14">
       <t>シシュツガク</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>令和７年度予算額の使途［案］</t>
+    <t>令和８年度予算額の使途［案］</t>
     <rPh sb="0" eb="2">
       <t>レイワ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ネンド</t>
     </rPh>
     <rPh sb="5" eb="8">
       <t>ヨサンガク</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>シト</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>アン</t>
-    </rPh>
-[...42 lines deleted...]
-      <t>ショ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
@@ -1775,50 +1775,104 @@
     </xf>
     <xf numFmtId="38" fontId="6" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="39" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="40" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="40" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="41" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="42" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="44" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="38" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="1" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="1" fillId="0" borderId="19" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="1" fillId="0" borderId="20" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="1" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="1" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="1" fillId="0" borderId="22" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="0" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="0" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="1" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="1" fillId="0" borderId="25" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="3" fillId="0" borderId="26" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="3" fillId="0" borderId="27" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="3" fillId="0" borderId="28" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="3" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="3" fillId="0" borderId="29" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="38" fontId="3" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="38" fontId="1" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="30" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="28" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="38" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="43" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="31" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="32" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1840,104 +1894,50 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="45" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="38" fontId="3" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="23" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="46" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="47" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...52 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="桁区切り" xfId="1" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2255,639 +2255,639 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:I36"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A10" sqref="A10:C10"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A7" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="H11" sqref="H11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="2" width="4.125" style="9" customWidth="1"/>
     <col min="3" max="3" width="11.375" style="9" bestFit="1" customWidth="1"/>
     <col min="4" max="7" width="13.875" style="9" customWidth="1"/>
     <col min="8" max="8" width="26.25" style="9" customWidth="1"/>
     <col min="9" max="9" width="9.375" style="23" customWidth="1"/>
     <col min="10" max="16384" width="9" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="58" t="s">
-[...8 lines deleted...]
-      <c r="H1" s="58"/>
+      <c r="A1" s="36" t="s">
+        <v>73</v>
+      </c>
+      <c r="B1" s="36"/>
+      <c r="C1" s="36"/>
+      <c r="D1" s="36"/>
+      <c r="E1" s="36"/>
+      <c r="F1" s="36"/>
+      <c r="G1" s="36"/>
+      <c r="H1" s="36"/>
     </row>
     <row r="2" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A2" s="69" t="s">
+      <c r="A2" s="47" t="s">
         <v>42</v>
       </c>
-      <c r="B2" s="70"/>
-[...5 lines deleted...]
-      <c r="H2" s="68"/>
+      <c r="B2" s="48"/>
+      <c r="C2" s="44"/>
+      <c r="D2" s="45"/>
+      <c r="E2" s="45"/>
+      <c r="F2" s="45"/>
+      <c r="G2" s="45"/>
+      <c r="H2" s="46"/>
       <c r="I2" s="25" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A3" s="71" t="s">
+      <c r="A3" s="49" t="s">
         <v>47</v>
       </c>
-      <c r="B3" s="72"/>
-      <c r="C3" s="65" t="s">
+      <c r="B3" s="50"/>
+      <c r="C3" s="43" t="s">
         <v>52</v>
       </c>
-      <c r="D3" s="63"/>
-[...3 lines deleted...]
-      <c r="H3" s="64"/>
+      <c r="D3" s="41"/>
+      <c r="E3" s="41"/>
+      <c r="F3" s="41"/>
+      <c r="G3" s="41"/>
+      <c r="H3" s="42"/>
     </row>
     <row r="4" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A4" s="71" t="s">
+      <c r="A4" s="49" t="s">
         <v>43</v>
       </c>
-      <c r="B4" s="72"/>
-[...5 lines deleted...]
-      <c r="H4" s="64"/>
+      <c r="B4" s="50"/>
+      <c r="C4" s="40"/>
+      <c r="D4" s="41"/>
+      <c r="E4" s="41"/>
+      <c r="F4" s="41"/>
+      <c r="G4" s="41"/>
+      <c r="H4" s="42"/>
     </row>
     <row r="5" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A5" s="71" t="s">
+      <c r="A5" s="49" t="s">
         <v>44</v>
       </c>
-      <c r="B5" s="72"/>
-[...5 lines deleted...]
-      <c r="H5" s="64"/>
+      <c r="B5" s="50"/>
+      <c r="C5" s="40"/>
+      <c r="D5" s="41"/>
+      <c r="E5" s="41"/>
+      <c r="F5" s="41"/>
+      <c r="G5" s="41"/>
+      <c r="H5" s="42"/>
     </row>
     <row r="6" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A6" s="71" t="s">
+      <c r="A6" s="49" t="s">
         <v>45</v>
       </c>
-      <c r="B6" s="72"/>
-[...4 lines deleted...]
-      <c r="G6" s="75"/>
+      <c r="B6" s="50"/>
+      <c r="C6" s="40"/>
+      <c r="D6" s="41"/>
+      <c r="E6" s="41"/>
+      <c r="F6" s="41"/>
+      <c r="G6" s="53"/>
       <c r="H6" s="27" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="90" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="73" t="s">
+      <c r="A7" s="51" t="s">
         <v>46</v>
       </c>
-      <c r="B7" s="74"/>
-[...5 lines deleted...]
-      <c r="H7" s="61"/>
+      <c r="B7" s="52"/>
+      <c r="C7" s="37"/>
+      <c r="D7" s="38"/>
+      <c r="E7" s="38"/>
+      <c r="F7" s="38"/>
+      <c r="G7" s="38"/>
+      <c r="H7" s="39"/>
     </row>
     <row r="8" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="9" spans="1:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="41" t="s">
+      <c r="A9" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" s="59"/>
+      <c r="C9" s="59"/>
+      <c r="D9" s="59"/>
+      <c r="E9" s="59"/>
+      <c r="F9" s="59"/>
+      <c r="G9" s="59"/>
+      <c r="H9" s="59"/>
+    </row>
+    <row r="10" spans="1:9" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="60" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" s="61"/>
+      <c r="C10" s="62"/>
+      <c r="D10" s="68" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" s="69"/>
+      <c r="F10" s="28" t="s">
+        <v>76</v>
+      </c>
+      <c r="G10" s="28" t="s">
+        <v>77</v>
+      </c>
+      <c r="H10" s="26" t="s">
         <v>78</v>
       </c>
-      <c r="B9" s="41"/>
-[...25 lines deleted...]
-      </c>
     </row>
     <row r="11" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A11" s="45" t="s">
+      <c r="A11" s="63" t="s">
         <v>0</v>
       </c>
       <c r="B11" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="D11" s="52"/>
-      <c r="E11" s="53"/>
+      <c r="D11" s="70"/>
+      <c r="E11" s="71"/>
       <c r="F11" s="11"/>
       <c r="G11" s="11"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A12" s="45"/>
+      <c r="A12" s="63"/>
       <c r="B12" s="17" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="D12" s="54"/>
-      <c r="E12" s="55"/>
+      <c r="D12" s="72"/>
+      <c r="E12" s="73"/>
       <c r="F12" s="11"/>
       <c r="G12" s="11"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A13" s="46"/>
+      <c r="A13" s="64"/>
       <c r="B13" s="18" t="s">
         <v>48</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="D13" s="54"/>
-      <c r="E13" s="55"/>
+      <c r="D13" s="72"/>
+      <c r="E13" s="73"/>
       <c r="F13" s="11"/>
       <c r="G13" s="11"/>
       <c r="H13" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="47" t="s">
+      <c r="A14" s="65" t="s">
         <v>53</v>
       </c>
-      <c r="B14" s="48"/>
-[...1 lines deleted...]
-      <c r="D14" s="56">
+      <c r="B14" s="66"/>
+      <c r="C14" s="67"/>
+      <c r="D14" s="74">
         <f>SUM(D11:D13)</f>
         <v>0</v>
       </c>
-      <c r="E14" s="57"/>
+      <c r="E14" s="75"/>
       <c r="F14" s="12">
         <f>SUM(F11:F13)</f>
         <v>0</v>
       </c>
       <c r="G14" s="12">
         <f>SUM(G11:G13)</f>
         <v>0</v>
       </c>
       <c r="H14" s="3"/>
     </row>
     <row r="15" spans="1:9" ht="33" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="42" t="s">
+      <c r="A15" s="60" t="s">
         <v>50</v>
       </c>
-      <c r="B15" s="43"/>
-      <c r="C15" s="44"/>
+      <c r="B15" s="61"/>
+      <c r="C15" s="62"/>
       <c r="D15" s="21" t="s">
         <v>71</v>
       </c>
       <c r="E15" s="22" t="s">
         <v>72</v>
       </c>
       <c r="F15" s="28"/>
       <c r="G15" s="28"/>
       <c r="H15" s="26"/>
     </row>
     <row r="16" spans="1:9" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.15">
-      <c r="A16" s="36" t="s">
+      <c r="A16" s="54" t="s">
         <v>3</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="14"/>
       <c r="H16" s="5"/>
       <c r="I16" s="25" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A17" s="37"/>
+      <c r="A17" s="55"/>
       <c r="B17" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="19" t="s">
         <v>6</v>
       </c>
       <c r="D17" s="16"/>
       <c r="E17" s="10"/>
       <c r="F17" s="11"/>
       <c r="G17" s="11"/>
       <c r="H17" s="2"/>
       <c r="I17" s="25" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A18" s="37"/>
+      <c r="A18" s="55"/>
       <c r="B18" s="17" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="19" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="16"/>
       <c r="E18" s="16"/>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="4"/>
       <c r="I18" s="25" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A19" s="37"/>
+      <c r="A19" s="55"/>
       <c r="B19" s="17" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="19" t="s">
         <v>32</v>
       </c>
       <c r="D19" s="16"/>
       <c r="E19" s="16"/>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="4"/>
       <c r="I19" s="24" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A20" s="37"/>
+      <c r="A20" s="55"/>
       <c r="B20" s="17" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="19" t="s">
         <v>33</v>
       </c>
       <c r="D20" s="16"/>
       <c r="E20" s="16"/>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="4"/>
       <c r="I20" s="25" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A21" s="37"/>
+      <c r="A21" s="55"/>
       <c r="B21" s="17" t="s">
         <v>11</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>34</v>
       </c>
       <c r="D21" s="16"/>
       <c r="E21" s="16"/>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="4"/>
       <c r="I21" s="25" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A22" s="37"/>
+      <c r="A22" s="55"/>
       <c r="B22" s="17" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="19" t="s">
         <v>35</v>
       </c>
       <c r="D22" s="16"/>
       <c r="E22" s="16"/>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="4"/>
       <c r="I22" s="25" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A23" s="37"/>
+      <c r="A23" s="55"/>
       <c r="B23" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="19" t="s">
         <v>30</v>
       </c>
       <c r="D23" s="16"/>
       <c r="E23" s="16"/>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="4"/>
       <c r="I23" s="25" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A24" s="37"/>
+      <c r="A24" s="55"/>
       <c r="B24" s="17" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="19" t="s">
         <v>36</v>
       </c>
       <c r="D24" s="16"/>
       <c r="E24" s="16"/>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="4"/>
       <c r="I24" s="25" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A25" s="37"/>
+      <c r="A25" s="55"/>
       <c r="B25" s="17" t="s">
         <v>15</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>37</v>
       </c>
       <c r="D25" s="16"/>
       <c r="E25" s="16"/>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="4"/>
       <c r="I25" s="25" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A26" s="37"/>
+      <c r="A26" s="55"/>
       <c r="B26" s="17" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D26" s="16"/>
       <c r="E26" s="16"/>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="4"/>
       <c r="I26" s="25" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A27" s="37"/>
+      <c r="A27" s="55"/>
       <c r="B27" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C27" s="19" t="s">
         <v>38</v>
       </c>
       <c r="D27" s="16"/>
       <c r="E27" s="16"/>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="4"/>
       <c r="I27" s="25" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A28" s="37"/>
+      <c r="A28" s="55"/>
       <c r="B28" s="17" t="s">
         <v>22</v>
       </c>
       <c r="C28" s="19" t="s">
         <v>17</v>
       </c>
       <c r="D28" s="16"/>
       <c r="E28" s="16"/>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="4"/>
       <c r="I28" s="25" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A29" s="37"/>
+      <c r="A29" s="55"/>
       <c r="B29" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C29" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D29" s="16"/>
       <c r="E29" s="16"/>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="4"/>
       <c r="I29" s="25" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A30" s="37"/>
+      <c r="A30" s="55"/>
       <c r="B30" s="17" t="s">
         <v>24</v>
       </c>
       <c r="C30" s="19" t="s">
         <v>31</v>
       </c>
       <c r="D30" s="16"/>
       <c r="E30" s="16"/>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="4"/>
       <c r="I30" s="25" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A31" s="37"/>
+      <c r="A31" s="55"/>
       <c r="B31" s="17" t="s">
         <v>25</v>
       </c>
       <c r="C31" s="19"/>
       <c r="D31" s="16"/>
       <c r="E31" s="16"/>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="4"/>
     </row>
     <row r="32" spans="1:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A32" s="37"/>
+      <c r="A32" s="55"/>
       <c r="B32" s="17" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="19"/>
       <c r="D32" s="16"/>
       <c r="E32" s="16"/>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="4"/>
     </row>
     <row r="33" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A33" s="37"/>
+      <c r="A33" s="55"/>
       <c r="B33" s="17" t="s">
         <v>27</v>
       </c>
       <c r="C33" s="19"/>
       <c r="D33" s="16"/>
       <c r="E33" s="16"/>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="4"/>
     </row>
     <row r="34" spans="1:8" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A34" s="37"/>
+      <c r="A34" s="55"/>
       <c r="B34" s="17" t="s">
         <v>28</v>
       </c>
       <c r="C34" s="19"/>
       <c r="D34" s="16"/>
       <c r="E34" s="16"/>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="4"/>
     </row>
     <row r="35" spans="1:8" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="38"/>
+      <c r="A35" s="56"/>
       <c r="B35" s="29" t="s">
         <v>29</v>
       </c>
       <c r="C35" s="30"/>
       <c r="D35" s="31"/>
       <c r="E35" s="31"/>
       <c r="F35" s="32"/>
       <c r="G35" s="32"/>
       <c r="H35" s="33"/>
     </row>
     <row r="36" spans="1:8" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="39" t="s">
+      <c r="A36" s="57" t="s">
         <v>51</v>
       </c>
-      <c r="B36" s="40"/>
-      <c r="C36" s="40"/>
+      <c r="B36" s="58"/>
+      <c r="C36" s="58"/>
       <c r="D36" s="34">
         <f>SUM(D16:D35)</f>
         <v>0</v>
       </c>
       <c r="E36" s="34">
         <f>SUM(E16:E35)</f>
         <v>0</v>
       </c>
       <c r="F36" s="34">
         <f>SUM(F16:F35)</f>
         <v>0</v>
       </c>
       <c r="G36" s="34">
         <f>SUM(G16:G35)</f>
         <v>0</v>
       </c>
       <c r="H36" s="35"/>
     </row>
   </sheetData>
   <mergeCells count="25">
+    <mergeCell ref="A16:A35"/>
+    <mergeCell ref="A36:C36"/>
+    <mergeCell ref="A9:H9"/>
+    <mergeCell ref="A10:C10"/>
+    <mergeCell ref="A11:A13"/>
+    <mergeCell ref="A14:C14"/>
+    <mergeCell ref="A15:C15"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="D12:E12"/>
+    <mergeCell ref="D13:E13"/>
+    <mergeCell ref="D14:E14"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="C7:H7"/>
     <mergeCell ref="C5:H5"/>
     <mergeCell ref="C4:H4"/>
     <mergeCell ref="C3:H3"/>
     <mergeCell ref="C2:H2"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="C6:G6"/>
-    <mergeCell ref="A16:A35"/>
-[...10 lines deleted...]
-    <mergeCell ref="D14:E14"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="入力できません。" prompt="このセルには入力しないでください。" sqref="C31:H35" xr:uid="{00000000-0002-0000-0000-000000000000}"/>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.47244094488188981" right="0.47244094488188981" top="0.59055118110236227" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="92" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L［様式２］</oddHeader>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>